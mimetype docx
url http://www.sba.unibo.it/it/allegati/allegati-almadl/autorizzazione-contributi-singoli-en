--- v0 (2025-10-10)
+++ v1 (2026-03-24)
@@ -1,7620 +1,1448 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B463E07" w14:textId="77777777" w:rsidR="0014388C" w:rsidRPr="00652383" w:rsidRDefault="00B3265D" w:rsidP="004B6442">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="atLeast"/>
+    <w:p w14:paraId="27515750" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156" w:rsidP="003325A7">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="0"/>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+        <w:t>Authorisation And Waiver</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515751" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156" w:rsidP="003325A7">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>AUTHORISATION AND WAIVER</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="atLeast"/>
+        <w:t>For Publication of Individual Contributions in Collective Works</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r w:rsidR="00F53549" w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515752" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>I the undersigned</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="004C2011" w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515753" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>born in __________________ on _________ resident in __________________ in street/square ____________________________________ no. ____ Postcode _______ tel. __________________ e-mail __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515754" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156" w:rsidP="000021F4">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...111 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>DECLARE under my own personal responsibility:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0411FF1A" w14:textId="77777777" w:rsidR="00790B50" w:rsidRPr="00FE1F9F" w:rsidRDefault="00790B50" w:rsidP="004B6442">
-[...9 lines deleted...]
-    <w:p w14:paraId="41742FC8" w14:textId="2D7F3883" w:rsidR="00461AF8" w:rsidRPr="00FE1F9F" w:rsidRDefault="006131F5" w:rsidP="00756EE2">
+    <w:p w14:paraId="27515755" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="2159F35C" w14:textId="39EBBE65" w:rsidR="00756EE2" w:rsidRPr="00FE1F9F" w:rsidRDefault="006131F5" w:rsidP="4D1302AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that I am the author of the work </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>entitled</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00FC404D" w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________ (hereinafter “Contribution”) and that I request its publication through the services offered by the Alma Mater Studiorum - Università di Bologna (hereinafter “University”) through the University digital library - AlmaDL (hereinafter “Website” for brevity);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515756" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...57 lines deleted...]
-        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that I wish to publish the contribution as part of a collective work </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>entitled</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidR="00FC404D" w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________ (hereinafter the “Collective Work”) to ensure its maximum dissemination and visibility;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515757" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="120"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>that I have the legal power to sign this document and to authorise the University to lawfully publish, reproduce, disseminate and make available the Contribution to the public;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="497C065C" w14:textId="77777777" w:rsidR="00756EE2" w:rsidRPr="00756EE2" w:rsidRDefault="00756EE2" w:rsidP="00756EE2">
+    <w:p w14:paraId="27515758" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="360CE498" w14:textId="77777777" w:rsidR="00B433D4" w:rsidRPr="00FE1F9F" w:rsidRDefault="00D473DD" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>that I have acquired, from the legitimate owners, the authorisations necessary for signing this deed and have the full availability of the rights for any reason claimed by the legitimate owners, including any other co-authors (including intellectual property rights, copyrights and related rights, image rights, rights relating to cultural assets and related reproductions pursuant to the legislation in force and/or other third party rights);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515759" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...11 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>that I guarantee and expressly undertake to indemnify and hold the University harmless of any possible claims, disputes, liabilities, actions and/or requests of third parties, including reasonable legal fees, concerning the availability and/or legitimate exercise of the rights themselves, the publication, reproduction and making available to the public of the Contribution in the Collective Work and/or the content of the Contribution itself;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AA67A6" w14:textId="77777777" w:rsidR="00527120" w:rsidRPr="00FE1F9F" w:rsidRDefault="007A3178" w:rsidP="5DC82E80">
+    <w:p w14:paraId="2751575A" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...11 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>that I have provided in full to the Department and/or the University the data required for the publication of the Contribution in the Collective Work and guarantee that these are true and will be promptly updated, undertaking to indemnify and hold the University harmless of any possible disputes, liabilities, claims, actions and/or requests of third parties regarding the data provided;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F570945" w14:textId="77777777" w:rsidR="00D473DD" w:rsidRPr="00FE1F9F" w:rsidRDefault="00D473DD" w:rsidP="00756EE2">
+    <w:p w14:paraId="2751575B" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="590B7E39" w14:textId="77777777" w:rsidR="00D473DD" w:rsidRPr="00FE1F9F" w:rsidRDefault="00D473DD" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>that I accept the General Terms and Conditions of Use of the AlmaDL Services Websites and - where applicable - the terms and conditions of use of the individual service;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751575C" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...11 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>that I have taken full and careful note of and to accept the manner and form of publication, including the licence for use, of the Contribution and the level of accessibility provided for the Contribution;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F6289A" w14:textId="77777777" w:rsidR="00D473DD" w:rsidRPr="00FE1F9F" w:rsidRDefault="00D473DD" w:rsidP="00756EE2">
+    <w:p w14:paraId="2751575D" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...40 lines deleted...]
-    <w:p w14:paraId="068051E6" w14:textId="77777777" w:rsidR="00107EAB" w:rsidRPr="00FE1F9F" w:rsidRDefault="00D473DD" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">in particular that I accept that my Contribution will be published and licensed through the University services under the terms of the </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="4"/>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Creative Commons licence</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidR="00E553B2" w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751575E" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...11 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>that I am aware that the University:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03D28FA4" w14:textId="77777777" w:rsidR="00FF6BAC" w:rsidRPr="00507258" w:rsidRDefault="00FF6BAC" w:rsidP="00756EE2">
+    <w:p w14:paraId="2751575F" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>shall not subject the Contribution to any verification of its content with a view to its publication, communication and making available to the public through the Website;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515760" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>shall not adopt any technological measures to protect the Contribution made available to the public through the Website, including, but not limited to, anti-access or anti-copy measures;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515761" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>will not be liable towards the author/copyright holder for copyright infringements or violations of other rights to the Contributions, which are committed via the Website or result from the Service users’ access to the Website; likewise, the University will not be required to bring a legal action on behalf of the author for copyright infringements or violations of other rights to the Contributions;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515762" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>will not be liable for any delays in the publication, communication and dissemination of the Contribution through the Website, for access disruptions or data losses due to unforeseen circumstances or to maintenance and technical upgrades,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515763" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>can change, terminate even without notice or make the Services offered through the Website unavailable at any time and at the sole discretion of the University administration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515764" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Therefore, I the undersigned expressly authorise the University, not exclusively, free of charge and without territorial or time restrictions, to the extent permitted by applicable law:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515765" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="3FDD4B10" w14:textId="77777777" w:rsidR="009830DA" w:rsidRPr="00507258" w:rsidRDefault="00107EAB" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>to publish, reproduce and make available to the public the Contribution free of charge in free form in the Collective Work, through the services offered by the Website, as well as distribute it in hard copy form where applicable;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515766" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="27957F67" w14:textId="77777777" w:rsidR="00D5776E" w:rsidRPr="00507258" w:rsidRDefault="00D5776E" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>in the case of an unpublished Contribution, to publish it for the first time in the Collective Works through the Website;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515767" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="2D455D0C" w14:textId="77777777" w:rsidR="00FF6BAC" w:rsidRPr="00507258" w:rsidRDefault="00FF6BAC" w:rsidP="00756EE2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>adopt for the publication of the Contribution, the licence for use already identified and communicated by the editor and/or director for the Collective Work, granting all relevant faculties, authorisations and licences, and also declaring that they accept the display of the respective disclaimer of notice for users of the services;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515768" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...39 lines deleted...]
-          <w:sz w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>reproduce and keep a copy of the Contribution indefinitely in the University archives for historical-documentary purposes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27515769" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Read, confirmed and undersigned.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576A" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Place __________________ Date ____/_____/________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576B" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Signature: ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576C" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>any time and at the sole discretion of the University administration.</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+        <w:pict w14:anchorId="27515770">
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576D" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...536 lines deleted...]
-      <w:docGrid w:linePitch="326"/>
+        </w:rPr>
+        <w:t>Please note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This document is made available as an example to support the publication via the University services – AlmaDL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576E" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>The document must be completed in full and signed either with a handwritten signature (accompanied by a photocopy of a valid identity document) or with a digital signature and sent to the editor/director of the Collective Work. All responsibility for the compilation and storage of the document remains with the editor/director of the Collective Work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2751576F" w14:textId="77777777" w:rsidR="003545E3" w:rsidRPr="00E85A79" w:rsidRDefault="00F07156">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E85A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The General Terms and Conditions of Use of the AlmaDL Services websites are available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00E85A79">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>https://sba.unibo.it/it/allegati/allegati-almadl/website_terms_conditions_use.pdf</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="003545E3" w:rsidRPr="00E85A79">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="7A7B5F04" w14:textId="77777777" w:rsidR="00F53549" w:rsidRDefault="00F53549" w:rsidP="00F53549">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Modify the template by entering the necessary data as indicated in the margin comments.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081E1366" w14:textId="77777777" w:rsidR="00F53549" w:rsidRDefault="00F53549" w:rsidP="00F53549">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Once you have finished, remove the watermark from the Word menu by going to Design &gt; Watermark &gt; Remove Watermark. Convert the document to PDF and sign it digitally.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="644F00C4" w14:textId="77777777" w:rsidR="004C2011" w:rsidRDefault="004C2011" w:rsidP="004C2011">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Add the necessary fields in case of multiple authors</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="2" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="1E2682AD" w14:textId="372B6D28" w:rsidR="00FC404D" w:rsidRDefault="00FC404D" w:rsidP="00FC404D">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Indicate the title of the work</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="3" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="11216CE3" w14:textId="77777777" w:rsidR="00E81BE7" w:rsidRDefault="00FC404D" w:rsidP="00E81BE7">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00E81BE7">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Indicate the name of the Collective Work in which you wish to publish: journal, series, conference proceedings, etc.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="4" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="6FE90D71" w14:textId="77777777" w:rsidR="00E553B2" w:rsidRDefault="00E553B2" w:rsidP="00E553B2">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:t>Indicate the license chosen for the Collective Work</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="081E1366" w15:done="0"/>
+  <w15:commentEx w15:paraId="644F00C4" w15:done="0"/>
+  <w15:commentEx w15:paraId="1E2682AD" w15:done="0"/>
+  <w15:commentEx w15:paraId="11216CE3" w15:done="0"/>
+  <w15:commentEx w15:paraId="6FE90D71" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="081E1366" w16cid:durableId="1601C11C"/>
+  <w16cid:commentId w16cid:paraId="644F00C4" w16cid:durableId="7057B16F"/>
+  <w16cid:commentId w16cid:paraId="1E2682AD" w16cid:durableId="3A7855FF"/>
+  <w16cid:commentId w16cid:paraId="11216CE3" w16cid:durableId="58475D20"/>
+  <w16cid:commentId w16cid:paraId="6FE90D71" w16cid:durableId="271736A8"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13B40939" w14:textId="77777777" w:rsidR="00652383" w:rsidRDefault="00652383">
+    <w:p w14:paraId="070E8DC5" w14:textId="77777777" w:rsidR="00F07156" w:rsidRDefault="00F07156" w:rsidP="003421BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32BA76DA" w14:textId="77777777" w:rsidR="00652383" w:rsidRDefault="00652383">
+    <w:p w14:paraId="3BE4C4B3" w14:textId="77777777" w:rsidR="00F07156" w:rsidRDefault="00F07156" w:rsidP="003421BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...46 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...69 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="50B7537D" w14:textId="77777777" w:rsidR="00652383" w:rsidRDefault="00652383">
+    <w:p w14:paraId="3F1C999D" w14:textId="77777777" w:rsidR="00F07156" w:rsidRDefault="00F07156" w:rsidP="003421BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49244919" w14:textId="77777777" w:rsidR="00652383" w:rsidRDefault="00652383">
+    <w:p w14:paraId="2BC709D0" w14:textId="77777777" w:rsidR="00F07156" w:rsidRDefault="00F07156" w:rsidP="003421BA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00000001"/>
+    <w:nsid w:val="0000A990"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000000"/>
+    <w:tmpl w:val="ED1CED18"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0115317C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04100017">
+    <w:nsid w:val="0000A991"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D4369AE8"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00A99721"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0652B862"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3189 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...1439 lines deleted...]
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="1" w16cid:durableId="88356297">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="202593348">
-[...41 lines deleted...]
-  <w:num w:numId="16" w16cid:durableId="1941908403">
+  <w:num w:numId="2" w16cid:durableId="1012991816">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="531069582">
+  <w:num w:numId="3" w16cid:durableId="1940412240">
     <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="95638903">
-[...63 lines deleted...]
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="4" w16cid:durableId="2053382125">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="132"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader/>
-[...2 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
-  <w:doNotHyphenateCaps/>
-[...1 lines deleted...]
-  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:drawingGridHorizontalSpacing w:val="360"/>
+  <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="3"/>
-[...4 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F5E30"/>
-[...953 lines deleted...]
-    <w:rsid w:val="7086396B"/>
+    <w:rsidRoot w:val="003545E3"/>
+    <w:rsid w:val="000021F4"/>
+    <w:rsid w:val="003325A7"/>
+    <w:rsid w:val="003421BA"/>
+    <w:rsid w:val="003545E3"/>
+    <w:rsid w:val="00365429"/>
+    <w:rsid w:val="004C2011"/>
+    <w:rsid w:val="007F1DED"/>
+    <w:rsid w:val="00D650C2"/>
+    <w:rsid w:val="00E553B2"/>
+    <w:rsid w:val="00E81BE7"/>
+    <w:rsid w:val="00E85A79"/>
+    <w:rsid w:val="00F07156"/>
+    <w:rsid w:val="00F53549"/>
+    <w:rsid w:val="00FC404D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="it-IT"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1184EF60"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{B58A5E03-C836-46E1-A3E6-83EA74B2709B}"/>
+  <w14:docId w14:val="27515750"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:qFormat="1"/>
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-[...118 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -7675,901 +1503,1250 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Normale"/>
-    <w:link w:val="Titolo1Carattere"/>
+    <w:next w:val="Corpotesto"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF6BAC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="2F5496"/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Testofumetto">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="Corpotesto">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
+    <w:name w:val="First Paragraph"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
+    <w:name w:val="Compact"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="36" w:after="36"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="345A8A" w:themeColor="accent1" w:themeShade="B5"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Titolo"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
+    <w:name w:val="Author"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Data">
+    <w:name w:val="Date"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
+    <w:name w:val="Abstract Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Abstract"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="345A8A"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+    <w:name w:val="Abstract"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="100" w:after="300"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliografia">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testodelblocco">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testonotaapidipagina">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FootnoteBlockText">
+    <w:name w:val="Footnote Block Text"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr>
+        <w:jc w:val="left"/>
+      </w:tblPr>
+      <w:trPr>
+        <w:jc w:val="left"/>
+      </w:trPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:vAlign w:val="bottom"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
+    <w:name w:val="Definition Term"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Definition"/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="0" w:after="0"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
+    <w:name w:val="Definition"/>
+    <w:basedOn w:val="Normale"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Didascalia">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="DidascaliaCarattere"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
+    <w:name w:val="Table Caption"/>
+    <w:basedOn w:val="Didascalia"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImageCaption">
+    <w:name w:val="Image Caption"/>
+    <w:basedOn w:val="Didascalia"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
+    <w:name w:val="Figure"/>
+    <w:basedOn w:val="Normale"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionedFigure">
+    <w:name w:val="Captioned Figure"/>
+    <w:basedOn w:val="Figure"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DidascaliaCarattere">
+    <w:name w:val="Didascalia Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Didascalia"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimChar">
+    <w:name w:val="Verbatim Char"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:link w:val="SourceCode"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionNumber">
+    <w:name w:val="Section Number"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:rPr>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolosommario">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Titolo1"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SourceCode">
+    <w:name w:val="Source Code"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="VerbatimChar"/>
+    <w:pPr>
+      <w:wordWrap w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KeywordTok">
+    <w:name w:val="KeywordTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DataTypeTok">
+    <w:name w:val="DataTypeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="902000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DecValTok">
+    <w:name w:val="DecValTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BaseNTok">
+    <w:name w:val="BaseNTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FloatTok">
+    <w:name w:val="FloatTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ConstantTok">
+    <w:name w:val="ConstantTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="880000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharTok">
+    <w:name w:val="CharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialCharTok">
+    <w:name w:val="SpecialCharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StringTok">
+    <w:name w:val="StringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimStringTok">
+    <w:name w:val="VerbatimStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialStringTok">
+    <w:name w:val="SpecialStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BB6688"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ImportTok">
+    <w:name w:val="ImportTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTok">
+    <w:name w:val="CommentTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentationTok">
+    <w:name w:val="DocumentationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="BA2121"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnnotationTok">
+    <w:name w:val="AnnotationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentVarTok">
+    <w:name w:val="CommentVarTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OtherTok">
+    <w:name w:val="OtherTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FunctionTok">
+    <w:name w:val="FunctionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="06287E"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VariableTok">
+    <w:name w:val="VariableTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="19177C"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ControlFlowTok">
+    <w:name w:val="ControlFlowTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OperatorTok">
+    <w:name w:val="OperatorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BuiltInTok">
+    <w:name w:val="BuiltInTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExtensionTok">
+    <w:name w:val="ExtensionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PreprocessorTok">
+    <w:name w:val="PreprocessorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BC7A00"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AttributeTok">
+    <w:name w:val="AttributeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="7D9029"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RegionMarkerTok">
+    <w:name w:val="RegionMarkerTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InformationTok">
+    <w:name w:val="InformationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WarningTok">
+    <w:name w:val="WarningTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
+    <w:name w:val="AlertTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
+    <w:name w:val="ErrorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
+    <w:name w:val="NormalTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rimandocommento">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:rsid w:val="00F53549"/>
+    <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Terminedefinizione">
-    <w:name w:val="Termine definizione"/>
+  <w:style w:type="paragraph" w:styleId="Testocommento">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Elencodefinizione"/>
-[...27 lines deleted...]
-    </w:pPr>
+    <w:link w:val="TestocommentoCarattere"/>
+    <w:rsid w:val="00F53549"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
+    <w:name w:val="Testo commento Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testocommento"/>
+    <w:rsid w:val="00F53549"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
+    <w:link w:val="SoggettocommentoCarattere"/>
+    <w:rsid w:val="00F53549"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...54 lines deleted...]
-    </w:pPr>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
+    <w:name w:val="Soggetto commento Carattere"/>
+    <w:basedOn w:val="TestocommentoCarattere"/>
+    <w:link w:val="Soggettocommento"/>
+    <w:rsid w:val="00F53549"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="H6">
-    <w:name w:val="H6"/>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Normale"/>
-[...187 lines deleted...]
-    <w:rsid w:val="001512E5"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:rsid w:val="003421BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Numeropagina">
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
-    <w:rsid w:val="001512E5"/>
-[...2 lines deleted...]
-    <w:name w:val="header"/>
+    <w:link w:val="Intestazione"/>
+    <w:rsid w:val="003421BA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pidipagina">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
-    <w:link w:val="IntestazioneCarattere"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0094059F"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:rsid w:val="003421BA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rimandocommento">
-[...136 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:rsid w:val="003421BA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/allegati/allegati-almadl/website_terms_conditions_use.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4829</Characters>
+  <Pages>3</Pages>
+  <Words>899</Words>
+  <Characters>5127</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>datacompos</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5640</CharactersWithSpaces>
+  <CharactersWithSpaces>6014</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>38</dc:title>
-[...1 lines deleted...]
-  <dc:creator>datacompos</dc:creator>
+  <dc:title/>
+  <dc:creator/>
   <cp:keywords/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language/>
 </cp:coreProperties>
 </file>