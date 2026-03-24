--- v0 (2025-11-09)
+++ v1 (2026-03-24)
@@ -1,10933 +1,1480 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00652383" w:rsidR="0014388C" w:rsidP="004B6442" w:rsidRDefault="00B3265D" w14:paraId="1B463E07" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="atLeast"/>
+    <w:p w14:paraId="0106E9E7" w14:textId="46D14A16" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="009463B2" w:rsidP="009463B2">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="0"/>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>Autorizzazione e liberatoria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9E8" w14:textId="1D2C7D0C" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="009463B2" w:rsidP="009463B2">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">AUTORIZZAZIONE </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>E LIBERATORIA</w:t>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="300" w:lineRule="atLeast"/>
+        <w:t>er pubblicazione di contributi singoli in opere collettive</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="0"/>
+      <w:r w:rsidR="00471C7D" w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="0"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9EB" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:commentRangeStart w:id="1"/>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il/la sottoscritto/a/i </w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="1"/>
+      <w:r w:rsidR="004E4D02" w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9EC" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>nato/a a _____________ il ________ residente a __________________ in via/piazza __________________________ n. _____ CAP _________ tel. __________________ e-mail _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9ED" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27" w:rsidP="009463B2">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...838 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>DICHIARA sotto la propria responsabilità</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00790B50" w:rsidP="004B6442" w:rsidRDefault="00790B50" w14:paraId="0411FF1A" w14:textId="77777777">
-[...9 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00461AF8" w:rsidP="00756EE2" w:rsidRDefault="006131F5" w14:paraId="41742FC8" w14:textId="2D7F3883">
+    <w:p w14:paraId="0106E9EE" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...284 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00756EE2" w:rsidP="4D1302AE" w:rsidRDefault="006131F5" w14:paraId="2159F35C" w14:textId="39EBBE65">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di essere autore dell’opera dal </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="2"/>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>titolo</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="2"/>
+      <w:r w:rsidR="00204990" w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________ (di seguito “Contributo”) e di volerne richiedere la pubblicazione mediante i servizi offerti dall’Alma Mater Studiorum – Università di Bologna (di seguito “Università”) tramite la biblioteca digitale di Ateneo – AlmaDL (di seguito per brevità “Sito”);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9EF" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...299 lines deleted...]
-        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di volere pubblicare il Contributo come parte dell’opera collettiva dal </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="3"/>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>titolo</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="3"/>
+      <w:r w:rsidR="004E4D02" w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> __________________________________________________ (d’ora in avanti “Opera Collettiva”) per darne la massima diffusione e visibilità;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F0" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="120"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>di avere tutte le facoltà necessarie per la sottoscrizione del presente atto, nonché per autorizzare e consentire all’Università di provvedere legittimamente alla pubblicazione, riproduzione, comunicazione e messa a disposizione del pubblico del Contributo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00756EE2" w:rsidR="00756EE2" w:rsidP="00756EE2" w:rsidRDefault="00756EE2" w14:paraId="497C065C" w14:textId="77777777">
+    <w:p w14:paraId="0106E9F1" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...53 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00B433D4" w:rsidP="00756EE2" w:rsidRDefault="00D473DD" w14:paraId="360CE498" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di aver acquisito, dai legittimi titolari, le autorizzazioni necessarie per la sottoscrizione del presente atto e la piena disponibilità dei diritti a qualsiasi titolo vantati dai legittimi titolari ivi compresi eventuali altri coautori (quali a titolo esemplificativo i diritti di proprietà intellettuale, i diritti d’autore e i diritti connessi, i diritti di immagine, i diritti relativi ai beni culturali e alle relative riproduzioni ai sensi della normativa vigente e/o altri diritti di terzi);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F2" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...281 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00527120" w:rsidP="5DC82E80" w:rsidRDefault="007A3178" w14:paraId="27AA67A6" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di garantire e di impegnarsi espressamente a mallevare e a tenere indenne l’Università da qualunque eventuale pretesa, contestazione, responsabilità, rivendicazione, azione e/o richiesta di terzi, incluse le ragionevoli spese legali, che abbia per oggetto la disponibilità e/o il legittimo esercizio dei diritti stessi, la pubblicazione, riproduzione e messa a disposizione del pubblico del Contributo nell’Opera collettiva e/o il contenuto dello stesso Contributo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F3" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...297 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00D473DD" w:rsidP="00756EE2" w:rsidRDefault="00D473DD" w14:paraId="4F570945" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di fornire in modo completo al Dipartimento e/o all’Università i dati richiesti per la pubblicazione del Contributo nell’Opera Collettiva e di garantire che questi sono veritieri e saranno aggiornati tempestivamente, impegnandosi a manlevare e a tenere indenne l’Università da qualunque eventuale contestazione, responsabilità, rivendicazione, azione e/o richiesta di terzi in merito ai dati forniti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F4" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...97 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00D473DD" w:rsidP="00756EE2" w:rsidRDefault="00D473DD" w14:paraId="590B7E39" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di accettare le Condizioni Generali di utilizzo dei Siti dei Servizi AlmaDL e – ove previsto – i termini e condizioni d’uso del singolo servizio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F5" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...41 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00D473DD" w:rsidP="00756EE2" w:rsidRDefault="00D473DD" w14:paraId="28F6289A" w14:textId="77777777" w14:noSpellErr="1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di avere preso completa ed attenta visione e di accettare le modalità e forme di pubblicazione, compresa la licenza d’uso, del Contributo e il livello di accessibilità previsti per il Contributo;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F6" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...81 lines deleted...]
-    <w:p w:rsidRPr="00FE1F9F" w:rsidR="00107EAB" w:rsidP="00756EE2" w:rsidRDefault="00D473DD" w14:paraId="068051E6" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">in particolare di accettare che il proprio Contributo verrà pubblicato e concesso in licenza attraverso i servizi dell’Università secondo i termini della </w:t>
+      </w:r>
+      <w:commentRangeStart w:id="4"/>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>licenza Creative Commons</w:t>
+      </w:r>
+      <w:commentRangeEnd w:id="4"/>
+      <w:r w:rsidR="00DF2E0F" w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:commentReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F7" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="120"/>
-[...36 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>di essere consapevole che l’Università:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F8" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>non sottoporrà il Contributo ad alcuna verifica circa il suo contenuto in vista della pubblicazione, comunicazione e messa a disposizione del pubblico attraverso il Sito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9F9" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>non adotterà alcuna misura tecnologica di protezione del Contributo messo a disposizione del pubblico attraverso il Sito, quali, a titolo meramente indicativo, misure anti accesso o anticopia;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9FA" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>non sarà responsabile nei confronti del sottoscritto di eventuali violazioni del diritto d’autore o di altri diritti spettanti sui Contributi, perpetrate tramite il Sito o in conseguenza dell’accesso al Sito, dagli utenti e fruitori dei servizi, né sarà tenuta ad esercitare, in rappresentanza dell'autore, alcuna eventuale azione legale per violazione dei diritti d'autore e degli altri diritti sui Contributi da parte di terzi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9FB" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>non sarà responsabile di eventuali ritardi nella pubblicazione, comunicazione e messa a disposizione del pubblico del Contributo attraverso il Sito o di interruzioni nell’accessibilità al Sito dovuti ad eventi fuori dal suo ragionevole controllo, oltre che a motivo dei necessari interventi di manutenzione e di aggiornamento tecnico,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9FC" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>potrà modificare, cessare anche senza preavviso, o rendere indisponibile in qualunque momento i servizi offerti attraverso il Sito per decisione insindacabile dell’amministrazione dell’Università.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9FD" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Pertanto il sottoscritto autorizza espressamente l’Università in via non esclusiva, a titolo gratuito e senza limitazioni territoriali e di durata, nei limiti consentiti dalla legge a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00507258" w:rsidR="00FF6BAC" w:rsidP="00756EE2" w:rsidRDefault="00FF6BAC" w14:paraId="03D28FA4" w14:textId="77777777">
+    <w:p w14:paraId="0106E9FE" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...16 lines deleted...]
-    <w:p w:rsidRPr="00507258" w:rsidR="009830DA" w:rsidP="00756EE2" w:rsidRDefault="00107EAB" w14:paraId="3FDD4B10" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>pubblicare, riprodurre e mettere a disposizione del pubblico il Contributo gratuitamente in forma libera nell’Opera Collettiva, attraverso i servizi offerti dal Sito, nonché distribuire in forma cartacea ove previsto;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106E9FF" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...80 lines deleted...]
-    <w:p w:rsidRPr="00507258" w:rsidR="00D5776E" w:rsidP="00756EE2" w:rsidRDefault="00D5776E" w14:paraId="27957F67" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>realizzare, nel caso di Contributo inedito, la prima pubblicazione nell’Opera Collettiva attraverso il Sito;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA00" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...96 lines deleted...]
-    <w:p w:rsidRPr="00507258" w:rsidR="00FF6BAC" w:rsidP="00756EE2" w:rsidRDefault="00FF6BAC" w14:paraId="2D455D0C" w14:textId="77777777">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>adottare per la pubblicazione del Contributo, la licenza d’uso già individuata e comunicata dal curatore e/o direttore per l’Opera Collettiva, concedendo tutte le relative facoltà, autorizzazioni e licenze, dichiarando altresì di accettare la visualizzazione del rispettivo disclaimer di avviso per gli utenti dei servizi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA01" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:spacing w:before="0" w:after="0"/>
-[...52 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>riprodurre e conservare a tempo indeterminato negli archivi dell’Università copia del Contributo a fini storico-documentali.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA02" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Letto, compreso e sottoscritto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA03" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Luogo __________________ Data ____/_____/________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA04" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>potrà modificare, cessare anche senza preavviso</w:t>
-[...105 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:t>Firma: ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA05" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="00A7763C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:pict w14:anchorId="0106EA09">
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA06" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="FirstParagraph"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="22"/>
-[...1641 lines deleted...]
-      <w:docGrid w:linePitch="326"/>
+        </w:rPr>
+        <w:t>N.B.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Il presente documento è messo a disposizione a titolo meramente esemplificativo a supporto della pubblicazione tramite i servizi di Ateneo – AlmaDL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA07" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il documento deve essere compilato in ogni sua parte e sottoscritto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C02E35">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>o con firma autografa (corredata da una fotocopia di un documento di identità in corso di validità)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o con firma digitale e inviato al curatore/direttore dell’Opera Collettiva. Ogni responsabilità in merito alla compilazione e conservazione del documento resta in capo al curatore/direttore dell’Opera Collettiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0106EA08" w14:textId="77777777" w:rsidR="00767890" w:rsidRPr="00F115FB" w:rsidRDefault="007A4A27">
+      <w:pPr>
+        <w:pStyle w:val="Corpotesto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F115FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Le Condizioni Generali di utilizzo dei Siti dei Servizi AlmaDL sono disponibili alla pagina web: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="00F115FB">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          </w:rPr>
+          <w:t>https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:sectPr w:rsidR="00767890" w:rsidRPr="00F115FB">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:comment w:id="0" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="2D195E2A" w14:textId="77777777" w:rsidR="00471C7D" w:rsidRDefault="00471C7D" w:rsidP="00471C7D">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Modificare il modello inserendo i dati necessari come indicato nei commenti a margine.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472A7FD1" w14:textId="77777777" w:rsidR="00471C7D" w:rsidRDefault="00471C7D" w:rsidP="00471C7D">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>Una volta terminato il lavoro eliminare la filigrana dal menu di Word, tramite Progettazione&gt; Filigrana&gt; Rimuovi filigrana. Convertire il documento in PDF e firmare digitalmente.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="1" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="0C2F93D9" w14:textId="52FB36F9" w:rsidR="00161AE4" w:rsidRDefault="004E4D02" w:rsidP="00161AE4">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00161AE4">
+        <w:t>aggiungere i campi necessari in caso di più autori</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="2" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="534DE5A7" w14:textId="77777777" w:rsidR="00161AE4" w:rsidRDefault="00204990" w:rsidP="00161AE4">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00161AE4">
+        <w:t>indicare il titolo dell’opera</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="3" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="78712E96" w14:textId="77777777" w:rsidR="00161AE4" w:rsidRDefault="004E4D02" w:rsidP="00161AE4">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r w:rsidR="00161AE4">
+        <w:t>indicare il nome dell’Opera collettiva in cui si vuole pubblicare: rivista, collana, atti di convegno etc.</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+  <w:comment w:id="4" w:author="Autore" w:initials="A">
+    <w:p w14:paraId="3E2C59CC" w14:textId="0F33FCA5" w:rsidR="00DF2E0F" w:rsidRDefault="00DF2E0F" w:rsidP="00DF2E0F">
+      <w:pPr>
+        <w:pStyle w:val="Testocommento"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandocommento"/>
+        </w:rPr>
+        <w:annotationRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="808080"/>
+        </w:rPr>
+        <w:t>riportare la licenza scelta per l’Opera Collettiva</w:t>
+      </w:r>
+    </w:p>
+  </w:comment>
+</w:comments>
+</file>
+
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:commentEx w15:paraId="472A7FD1" w15:done="0"/>
+  <w15:commentEx w15:paraId="0C2F93D9" w15:done="0"/>
+  <w15:commentEx w15:paraId="534DE5A7" w15:done="0"/>
+  <w15:commentEx w15:paraId="78712E96" w15:done="0"/>
+  <w15:commentEx w15:paraId="3E2C59CC" w15:done="0"/>
+</w15:commentsEx>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w16cid:commentId w16cid:paraId="472A7FD1" w16cid:durableId="0F192B3F"/>
+  <w16cid:commentId w16cid:paraId="0C2F93D9" w16cid:durableId="563F41A9"/>
+  <w16cid:commentId w16cid:paraId="534DE5A7" w16cid:durableId="44EB6A31"/>
+  <w16cid:commentId w16cid:paraId="78712E96" w16cid:durableId="2F2D0E1F"/>
+  <w16cid:commentId w16cid:paraId="3E2C59CC" w16cid:durableId="7E1873DB"/>
+</w16cid:commentsIds>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00652383" w:rsidRDefault="00652383" w14:paraId="13B40939" w14:textId="77777777">
+    <w:p w14:paraId="551CFAD4" w14:textId="77777777" w:rsidR="00A7763C" w:rsidRDefault="00A7763C" w:rsidP="007C4F49">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00652383" w:rsidRDefault="00652383" w14:paraId="32BA76DA" w14:textId="77777777">
+    <w:p w14:paraId="5A96374B" w14:textId="77777777" w:rsidR="00A7763C" w:rsidRDefault="00A7763C" w:rsidP="007C4F49">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...2 lines deleted...]
-    <w:charset w:val="02"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...46 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...75 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00652383" w:rsidRDefault="00652383" w14:paraId="50B7537D" w14:textId="77777777">
+    <w:p w14:paraId="338D7C68" w14:textId="77777777" w:rsidR="00A7763C" w:rsidRDefault="00A7763C" w:rsidP="007C4F49">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00652383" w:rsidRDefault="00652383" w14:paraId="49244919" w14:textId="77777777">
+    <w:p w14:paraId="1DA6EAAE" w14:textId="77777777" w:rsidR="00A7763C" w:rsidRDefault="00A7763C" w:rsidP="007C4F49">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...41 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00000001"/>
+    <w:nsid w:val="0000A990"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000000"/>
+    <w:tmpl w:val="028E83D6"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=" "/>
       <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0115317C"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04100017">
+    <w:nsid w:val="0000A991"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BBA8AF56"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00A99721"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="88607542"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3189 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="480"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%4)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:lvlText w:val="%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...6 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%9)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-[...1439 lines deleted...]
-    <w:abstractNumId w:val="30"/>
+  <w:num w:numId="1" w16cid:durableId="2049257536">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
-[...41 lines deleted...]
-  <w:num w:numId="16">
+  <w:num w:numId="2" w16cid:durableId="1037587486">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="3" w16cid:durableId="1473476237">
     <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18">
-[...63 lines deleted...]
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="4" w16cid:durableId="1215703454">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="132"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader/>
-[...2 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+  <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="283"/>
-  <w:doNotHyphenateCaps/>
-[...1 lines deleted...]
-  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:drawingGridHorizontalSpacing w:val="360"/>
+  <w:drawingGridVerticalSpacing w:val="360"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
-  <w:displayVerticalDrawingGridEvery w:val="3"/>
-[...4 lines deleted...]
-  <w:doNotDemarcateInvalidXml/>
+  <w:displayVerticalDrawingGridEvery w:val="0"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
-[...5 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="002F5E30"/>
-[...952 lines deleted...]
-    <w:rsid w:val="7086396B"/>
+    <w:rsidRoot w:val="00767890"/>
+    <w:rsid w:val="0000745E"/>
+    <w:rsid w:val="00161AE4"/>
+    <w:rsid w:val="00204990"/>
+    <w:rsid w:val="002F1978"/>
+    <w:rsid w:val="00471C7D"/>
+    <w:rsid w:val="004E4D02"/>
+    <w:rsid w:val="00585769"/>
+    <w:rsid w:val="00595518"/>
+    <w:rsid w:val="00662A1A"/>
+    <w:rsid w:val="00767890"/>
+    <w:rsid w:val="007A4A27"/>
+    <w:rsid w:val="007C4F49"/>
+    <w:rsid w:val="009463B2"/>
+    <w:rsid w:val="00A7763C"/>
+    <w:rsid w:val="00C02E35"/>
+    <w:rsid w:val="00D650C2"/>
+    <w:rsid w:val="00DF2E0F"/>
+    <w:rsid w:val="00ED62F0"/>
+    <w:rsid w:val="00F115FB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="it-IT"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2054"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1184EF60"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{B58A5E03-C836-46E1-A3E6-83EA74B2709B}"/>
+  <w14:docId w14:val="0106E9E7"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="it" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:qFormat="1"/>
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:semiHidden="1"/>
-[...118 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -10979,902 +1526,1259 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:uiPriority="99" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normale" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Normale"/>
-    <w:link w:val="Titolo1Carattere"/>
+    <w:next w:val="Corpotesto"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FF6BAC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="240" w:after="0" w:line="259" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:color w:val="2F5496"/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-  <w:style w:type="character" w:styleId="Carpredefinitoparagrafo" w:default="1">
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:bCs/>
+      <w:i/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellanormale" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Nessunelenco" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Testofumetto">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="Corpotesto">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="180" w:after="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FirstParagraph">
+    <w:name w:val="First Paragraph"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Compact">
+    <w:name w:val="Compact"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="36" w:after="36"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="345A8A" w:themeColor="accent1" w:themeShade="B5"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sottotitolo">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Titolo"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Author">
+    <w:name w:val="Author"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Data">
+    <w:name w:val="Date"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AbstractTitle">
+    <w:name w:val="Abstract Title"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Abstract"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="300" w:after="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:color w:val="345A8A"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Abstract">
+    <w:name w:val="Abstract"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Corpotesto"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="100" w:after="300"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliografia">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normale"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testodelblocco">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Corpotesto"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Testonotaapidipagina">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normale"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FootnoteBlockText">
+    <w:name w:val="Footnote Block Text"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="100" w:after="100"/>
+      <w:ind w:left="480" w:right="480"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Table">
+    <w:name w:val="Table"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tblPr>
+        <w:jc w:val="left"/>
+      </w:tblPr>
+      <w:trPr>
+        <w:jc w:val="left"/>
+      </w:trPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tcBorders>
+        <w:vAlign w:val="bottom"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DefinitionTerm">
+    <w:name w:val="Definition Term"/>
+    <w:basedOn w:val="Normale"/>
+    <w:next w:val="Definition"/>
     <w:pPr>
-      <w:widowControl/>
-[...2 lines deleted...]
-      <w:spacing w:before="0" w:after="0"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Definition">
+    <w:name w:val="Definition"/>
+    <w:basedOn w:val="Normale"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Didascalia">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="DidascaliaCarattere"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableCaption">
+    <w:name w:val="Table Caption"/>
+    <w:basedOn w:val="Didascalia"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImageCaption">
+    <w:name w:val="Image Caption"/>
+    <w:basedOn w:val="Didascalia"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figure">
+    <w:name w:val="Figure"/>
+    <w:basedOn w:val="Normale"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CaptionedFigure">
+    <w:name w:val="Captioned Figure"/>
+    <w:basedOn w:val="Figure"/>
+    <w:pPr>
+      <w:keepNext/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DidascaliaCarattere">
+    <w:name w:val="Didascalia Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Didascalia"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimChar">
+    <w:name w:val="Verbatim Char"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:link w:val="SourceCode"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SectionNumber">
+    <w:name w:val="Section Number"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Collegamentoipertestuale">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DidascaliaCarattere"/>
+    <w:rPr>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titolosommario">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Titolo1"/>
+    <w:next w:val="Corpotesto"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SourceCode">
+    <w:name w:val="Source Code"/>
+    <w:basedOn w:val="Normale"/>
+    <w:link w:val="VerbatimChar"/>
+    <w:pPr>
+      <w:wordWrap w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KeywordTok">
+    <w:name w:val="KeywordTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DataTypeTok">
+    <w:name w:val="DataTypeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="902000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DecValTok">
+    <w:name w:val="DecValTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BaseNTok">
+    <w:name w:val="BaseNTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FloatTok">
+    <w:name w:val="FloatTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="40A070"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ConstantTok">
+    <w:name w:val="ConstantTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="880000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharTok">
+    <w:name w:val="CharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialCharTok">
+    <w:name w:val="SpecialCharTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StringTok">
+    <w:name w:val="StringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VerbatimStringTok">
+    <w:name w:val="VerbatimStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="4070A0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SpecialStringTok">
+    <w:name w:val="SpecialStringTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BB6688"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ImportTok">
+    <w:name w:val="ImportTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTok">
+    <w:name w:val="CommentTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentationTok">
+    <w:name w:val="DocumentationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:i/>
+      <w:color w:val="BA2121"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AnnotationTok">
+    <w:name w:val="AnnotationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentVarTok">
+    <w:name w:val="CommentVarTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OtherTok">
+    <w:name w:val="OtherTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FunctionTok">
+    <w:name w:val="FunctionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="06287E"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VariableTok">
+    <w:name w:val="VariableTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="19177C"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ControlFlowTok">
+    <w:name w:val="ControlFlowTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="007020"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="OperatorTok">
+    <w:name w:val="OperatorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="666666"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BuiltInTok">
+    <w:name w:val="BuiltInTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="008000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ExtensionTok">
+    <w:name w:val="ExtensionTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PreprocessorTok">
+    <w:name w:val="PreprocessorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="BC7A00"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AttributeTok">
+    <w:name w:val="AttributeTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:color w:val="7D9029"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RegionMarkerTok">
+    <w:name w:val="RegionMarkerTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InformationTok">
+    <w:name w:val="InformationTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WarningTok">
+    <w:name w:val="WarningTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="60A0B0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AlertTok">
+    <w:name w:val="AlertTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ErrorTok">
+    <w:name w:val="ErrorTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:b/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalTok">
+    <w:name w:val="NormalTok"/>
+    <w:basedOn w:val="VerbatimChar"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rimandocommento">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:rsid w:val="00204990"/>
+    <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Terminedefinizione" w:customStyle="1">
-    <w:name w:val="Termine definizione"/>
+  <w:style w:type="paragraph" w:styleId="Testocommento">
+    <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Elencodefinizione"/>
-[...27 lines deleted...]
-    </w:pPr>
+    <w:link w:val="TestocommentoCarattere"/>
+    <w:rsid w:val="00204990"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TestocommentoCarattere">
+    <w:name w:val="Testo commento Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Testocommento"/>
+    <w:rsid w:val="00204990"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Soggettocommento">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Testocommento"/>
+    <w:next w:val="Testocommento"/>
+    <w:link w:val="SoggettocommentoCarattere"/>
+    <w:rsid w:val="00204990"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="36"/>
-[...54 lines deleted...]
-    </w:pPr>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SoggettocommentoCarattere">
+    <w:name w:val="Soggetto commento Carattere"/>
+    <w:basedOn w:val="TestocommentoCarattere"/>
+    <w:link w:val="Soggettocommento"/>
+    <w:rsid w:val="00204990"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="H6" w:customStyle="1">
-    <w:name w:val="H6"/>
+  <w:style w:type="paragraph" w:styleId="Intestazione">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normale"/>
-    <w:next w:val="Normale"/>
-[...187 lines deleted...]
-    <w:rsid w:val="001512E5"/>
+    <w:link w:val="IntestazioneCarattere"/>
+    <w:rsid w:val="007C4F49"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Numeropagina">
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntestazioneCarattere">
+    <w:name w:val="Intestazione Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
-    <w:rsid w:val="001512E5"/>
-[...2 lines deleted...]
-    <w:name w:val="header"/>
+    <w:link w:val="Intestazione"/>
+    <w:rsid w:val="007C4F49"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pidipagina">
+    <w:name w:val="footer"/>
     <w:basedOn w:val="Normale"/>
-    <w:link w:val="IntestazioneCarattere"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0094059F"/>
+    <w:link w:val="PidipaginaCarattere"/>
+    <w:rsid w:val="007C4F49"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
+      <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Rimandocommento">
-[...136 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
+    <w:name w:val="Piè di pagina Carattere"/>
+    <w:basedOn w:val="Carpredefinitoparagrafo"/>
+    <w:link w:val="Pidipagina"/>
+    <w:rsid w:val="007C4F49"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId9" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sba.unibo.it/it/almadl/it/allegati/allegati-almadl/condizioni-sito-almadl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>3</Pages>
+  <Words>948</Words>
+  <Characters>5405</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>6341</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-[...6 lines deleted...]
-  <lastPrinted>2011-09-06T08:47:00.0000000Z</lastPrinted>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:creator/>
+  <cp:keywords/>
+  <cp:lastModifiedBy/>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+  <dc:language/>
+</cp:coreProperties>
 </file>